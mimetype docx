--- v0 (2025-11-17)
+++ v1 (2025-12-16)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="05B6282A" w14:textId="77777777" w:rsidR="00317E69" w:rsidRDefault="00317E69" w:rsidP="00F40876">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A4F6003" w14:textId="696FEBCE" w:rsidR="0026015A" w:rsidRPr="00AB44A8" w:rsidRDefault="00937B8F" w:rsidP="00AB44A8">
+    <w:p w14:paraId="6A4F6003" w14:textId="5F909D71" w:rsidR="0026015A" w:rsidRPr="00AB44A8" w:rsidRDefault="00937B8F" w:rsidP="00AB44A8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB44A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SOCIAL IMPACT ASSESMENT TOOLKIT FOR MICROFINANCE ACTIVITIES</w:t>
+        <w:t>SOCIAL IMPACT ASSESMENT FOR MICROFINANCE ACTIVITIES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F439394" w14:textId="77777777" w:rsidR="00AB44A8" w:rsidRPr="00317E69" w:rsidRDefault="00AB44A8" w:rsidP="00F40876">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1680"/>
         <w:gridCol w:w="5686"/>
@@ -3395,96 +3395,97 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39835ACF" w14:textId="77777777" w:rsidR="0037659E" w:rsidRPr="00F40876" w:rsidRDefault="0037659E" w:rsidP="00F40876">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0037659E" w:rsidRPr="00F40876" w:rsidSect="00C71AA4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Aptos"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AC93AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2790328E"/>
     <w:lvl w:ilvl="0" w:tplc="8B5A79A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1D70D2D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3561,118 +3562,120 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EA461A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="222909452">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C0261"/>
     <w:rsid w:val="001248AC"/>
     <w:rsid w:val="0026015A"/>
     <w:rsid w:val="00305AA9"/>
     <w:rsid w:val="00317E69"/>
     <w:rsid w:val="0037659E"/>
     <w:rsid w:val="003A779E"/>
     <w:rsid w:val="00404422"/>
     <w:rsid w:val="00441654"/>
     <w:rsid w:val="005C0261"/>
+    <w:rsid w:val="007240A2"/>
     <w:rsid w:val="007F0C05"/>
     <w:rsid w:val="00937B8F"/>
     <w:rsid w:val="009D2ACB"/>
     <w:rsid w:val="00AB44A8"/>
     <w:rsid w:val="00C21416"/>
     <w:rsid w:val="00C71AA4"/>
     <w:rsid w:val="00C769B1"/>
     <w:rsid w:val="00D525AD"/>
     <w:rsid w:val="00E40B9E"/>
     <w:rsid w:val="00F40876"/>
     <w:rsid w:val="00F43140"/>
     <w:rsid w:val="00F652E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="712A47F2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EC4BC8D8-F348-4998-A800-82EA14245091}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4591,51 +4594,51 @@
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C21416"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -4918,72 +4921,72 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>644</Words>
-  <Characters>2634</Characters>
+  <Words>480</Words>
+  <Characters>2790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>117</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3161</CharactersWithSpaces>
+  <CharactersWithSpaces>3264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Felicia Relenschi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>